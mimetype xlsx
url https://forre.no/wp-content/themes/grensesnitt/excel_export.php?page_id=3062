--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -623,51 +623,51 @@
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4">
         <v>490</v>
       </c>
       <c r="B4">
         <v>890</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5">
         <v>490</v>
       </c>
       <c r="B5">
         <v>990</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6">
         <v>490</v>
       </c>
       <c r="B6">
         <v>1090</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
         <v>490</v>
       </c>
       <c r="B7">
         <v>1190</v>
@@ -679,51 +679,51 @@
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8">
         <v>590</v>
       </c>
       <c r="B8">
         <v>590</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9">
         <v>590</v>
       </c>
       <c r="B9">
         <v>790</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10">
         <v>590</v>
       </c>
       <c r="B10">
         <v>890</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11">
         <v>590</v>
       </c>
       <c r="B11">
         <v>990</v>
@@ -735,135 +735,135 @@
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12">
         <v>590</v>
       </c>
       <c r="B12">
         <v>1090</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13">
         <v>590</v>
       </c>
       <c r="B13">
         <v>1190</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14">
         <v>690</v>
       </c>
       <c r="B14">
         <v>690</v>
       </c>
       <c r="C14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15">
         <v>690</v>
       </c>
       <c r="B15">
         <v>790</v>
       </c>
       <c r="C15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
         <v>690</v>
       </c>
       <c r="B16">
         <v>890</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
         <v>690</v>
       </c>
       <c r="B17">
         <v>990</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
         <v>690</v>
       </c>
       <c r="B18">
         <v>1090</v>
       </c>
       <c r="C18">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19">
         <v>690</v>
       </c>
       <c r="B19">
         <v>1190</v>
       </c>
       <c r="C19">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20">
         <v>790</v>
       </c>
       <c r="B20">
         <v>490</v>
       </c>
       <c r="C20">
         <v>0</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21">
         <v>790</v>
       </c>
       <c r="B21">
         <v>590</v>
@@ -903,107 +903,107 @@
         <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24">
         <v>790</v>
       </c>
       <c r="B24">
         <v>890</v>
       </c>
       <c r="C24">
         <v>2</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25">
         <v>790</v>
       </c>
       <c r="B25">
         <v>990</v>
       </c>
       <c r="C25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26">
         <v>790</v>
       </c>
       <c r="B26">
         <v>1090</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27">
         <v>790</v>
       </c>
       <c r="B27">
         <v>1190</v>
       </c>
       <c r="C27">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28">
         <v>890</v>
       </c>
       <c r="B28">
         <v>490</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29">
         <v>890</v>
       </c>
       <c r="B29">
         <v>590</v>
       </c>
       <c r="C29">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30">
         <v>890</v>
       </c>
       <c r="B30">
         <v>690</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31">
         <v>890</v>
       </c>
       <c r="B31">
         <v>790</v>
@@ -1029,149 +1029,149 @@
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33">
         <v>890</v>
       </c>
       <c r="B33">
         <v>990</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34">
         <v>890</v>
       </c>
       <c r="B34">
         <v>1090</v>
       </c>
       <c r="C34">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35">
         <v>890</v>
       </c>
       <c r="B35">
         <v>1190</v>
       </c>
       <c r="C35">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36">
         <v>990</v>
       </c>
       <c r="B36">
         <v>490</v>
       </c>
       <c r="C36">
         <v>0</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37">
         <v>990</v>
       </c>
       <c r="B37">
         <v>590</v>
       </c>
       <c r="C37">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38">
         <v>990</v>
       </c>
       <c r="B38">
         <v>690</v>
       </c>
       <c r="C38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39">
         <v>990</v>
       </c>
       <c r="B39">
         <v>790</v>
       </c>
       <c r="C39">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40">
         <v>990</v>
       </c>
       <c r="B40">
         <v>890</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41">
         <v>990</v>
       </c>
       <c r="B41">
         <v>990</v>
       </c>
       <c r="C41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42">
         <v>990</v>
       </c>
       <c r="B42">
         <v>1090</v>
       </c>
       <c r="C42">
         <v>0</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43">
         <v>990</v>
       </c>
       <c r="B43">
         <v>1190</v>
@@ -1197,205 +1197,205 @@
         <v>4</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45">
         <v>1090</v>
       </c>
       <c r="B45">
         <v>590</v>
       </c>
       <c r="C45">
         <v>3</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46">
         <v>1090</v>
       </c>
       <c r="B46">
         <v>690</v>
       </c>
       <c r="C46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47">
         <v>1090</v>
       </c>
       <c r="B47">
         <v>790</v>
       </c>
       <c r="C47">
         <v>4</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48">
         <v>1090</v>
       </c>
       <c r="B48">
         <v>890</v>
       </c>
       <c r="C48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49">
         <v>1090</v>
       </c>
       <c r="B49">
         <v>990</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50">
         <v>1090</v>
       </c>
       <c r="B50">
         <v>1090</v>
       </c>
       <c r="C50">
         <v>3</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51">
         <v>1090</v>
       </c>
       <c r="B51">
         <v>1190</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52">
         <v>1190</v>
       </c>
       <c r="B52">
         <v>490</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53">
         <v>1190</v>
       </c>
       <c r="B53">
         <v>590</v>
       </c>
       <c r="C53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54">
         <v>1190</v>
       </c>
       <c r="B54">
         <v>690</v>
       </c>
       <c r="C54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55">
         <v>1190</v>
       </c>
       <c r="B55">
         <v>790</v>
       </c>
       <c r="C55">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56">
         <v>1190</v>
       </c>
       <c r="B56">
         <v>890</v>
       </c>
       <c r="C56">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57">
         <v>1190</v>
       </c>
       <c r="B57">
         <v>990</v>
       </c>
       <c r="C57">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
         <v>1190</v>
       </c>
       <c r="B58">
         <v>1090</v>
       </c>
       <c r="C58">
         <v>2</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59">
         <v>1190</v>
       </c>
       <c r="B59">
         <v>1190</v>
@@ -1421,51 +1421,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61">
         <v>1290</v>
       </c>
       <c r="B61">
         <v>1190</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62">
         <v>1390</v>
       </c>
       <c r="B62">
         <v>1190</v>
       </c>
       <c r="C62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63">
         <v>1490</v>
       </c>
       <c r="B63">
         <v>1190</v>
       </c>
       <c r="C63">
         <v>2</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -1683,51 +1683,51 @@
       <c r="B4">
         <v>1990</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>4</v>
       </c>
       <c r="F4"/>
       <c r="G4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5">
         <v>790</v>
       </c>
       <c r="B5">
         <v>1990</v>
       </c>
       <c r="C5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>4</v>
       </c>
       <c r="F5"/>
       <c r="G5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6">
         <v>790</v>
       </c>
       <c r="B6">
         <v>1990</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
@@ -1809,51 +1809,51 @@
       <c r="B10">
         <v>2090</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10"/>
       <c r="G10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11">
         <v>790</v>
       </c>
       <c r="B11">
         <v>2090</v>
       </c>
       <c r="C11">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>4</v>
       </c>
       <c r="F11"/>
       <c r="G11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12">
         <v>790</v>
       </c>
       <c r="B12">
         <v>2090</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
@@ -1935,51 +1935,51 @@
       <c r="B16">
         <v>1990</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
         <v>4</v>
       </c>
       <c r="F16"/>
       <c r="G16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
         <v>890</v>
       </c>
       <c r="B17">
         <v>1990</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" t="s">
         <v>4</v>
       </c>
       <c r="F17"/>
       <c r="G17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
         <v>890</v>
       </c>
       <c r="B18">
         <v>1990</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
@@ -2900,51 +2900,51 @@
       <c r="E37"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38">
         <v>990</v>
       </c>
       <c r="B38">
         <v>890</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39">
         <v>990</v>
       </c>
       <c r="B39">
         <v>990</v>
       </c>
       <c r="C39">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40">
         <v>990</v>
       </c>
       <c r="B40">
         <v>1090</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41">
         <v>990</v>
       </c>